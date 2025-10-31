--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CollectiveAccess" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="140">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="146">
   <si>
     <t>Collection identifier</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>IF-PRJ-0001</t>
   </si>
   <si>
     <t>Living and archiving Sotuta’s foodways, Yucatan</t>
   </si>
   <si>
     <t>IF-PRJ-0002</t>
   </si>
   <si>
     <t>Archiving local memories of slavery and slave trade in southwestern Tanzania</t>
   </si>
   <si>
     <t>IF-PRJ-0003</t>
   </si>
   <si>
     <t>Archiving performances, dances and oral traditions of Luo community</t>
   </si>
   <si>
@@ -96,50 +96,68 @@
     <t>Bringing African heritage into life: Archiving memories of traditional ways of maintaining social order among the Ikoma of western Serengeti, Northern Tanzania</t>
   </si>
   <si>
     <t>IF-PRJ-0011</t>
   </si>
   <si>
     <t>Chagga Traditional Songs as Archives of African Traditional Knowledge</t>
   </si>
   <si>
     <t>IF-PRJ-0014</t>
   </si>
   <si>
     <t>Connecting Archives, Connecting People</t>
   </si>
   <si>
     <t>IF-PRJ-0015</t>
   </si>
   <si>
     <t>Digitising the Kleinschmidt Archive</t>
   </si>
   <si>
     <t>IF-PRJ-0016</t>
   </si>
   <si>
     <t>Digitalising Turkey’s Botanical Heritage</t>
+  </si>
+  <si>
+    <t>IF-PRJ-0016.1</t>
+  </si>
+  <si>
+    <t>Herbarium Collection</t>
+  </si>
+  <si>
+    <t>IF-PRJ-0016.2</t>
+  </si>
+  <si>
+    <t>Wood Collection</t>
+  </si>
+  <si>
+    <t>IF-PRJ-0016.3</t>
+  </si>
+  <si>
+    <t>Charcoal Collection</t>
   </si>
   <si>
     <t>IF-PRJ-0017</t>
   </si>
   <si>
     <t>Digitization of Herbarium Collections from the College of African Wildlife Management to Enhance Learning and Research</t>
   </si>
   <si>
     <t>IF-PRJ-0018</t>
   </si>
   <si>
     <t>Archiving COVID-19 Heritage in Ho Chi Minh City</t>
   </si>
   <si>
     <t>IF-PRJ-0019</t>
   </si>
   <si>
     <t>Performance as Documentation and Archiving of Folklore, Through the Lens of Hakpanya</t>
   </si>
   <si>
     <t>IF-PRJ-0020</t>
   </si>
   <si>
     <t>Producing a manageable historical archive for Andean communities</t>
   </si>
@@ -787,51 +805,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:Z70"/>
+  <dimension ref="A1:Z73"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="29" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="50" customWidth="true" style="0"/>
     <col min="3" max="3" width="9.10" bestFit="true" style="0"/>
     <col min="4" max="4" width="9.10" bestFit="true" style="0"/>
     <col min="5" max="5" width="9.10" bestFit="true" style="0"/>
     <col min="6" max="6" width="9.10" bestFit="true" style="0"/>
     <col min="7" max="7" width="9.10" bestFit="true" style="0"/>
     <col min="8" max="8" width="9.10" bestFit="true" style="0"/>
     <col min="9" max="9" width="9.10" bestFit="true" style="0"/>
     <col min="10" max="10" width="9.10" bestFit="true" style="0"/>
     <col min="11" max="11" width="9.10" bestFit="true" style="0"/>
     <col min="12" max="12" width="9.10" bestFit="true" style="0"/>
     <col min="13" max="13" width="9.10" bestFit="true" style="0"/>
     <col min="14" max="14" width="9.10" bestFit="true" style="0"/>
     <col min="15" max="15" width="9.10" bestFit="true" style="0"/>
     <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
@@ -1381,50 +1399,74 @@
         <v>133</v>
       </c>
     </row>
     <row r="68" spans="1:26">
       <c r="A68" t="s">
         <v>134</v>
       </c>
       <c r="B68" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="69" spans="1:26">
       <c r="A69" t="s">
         <v>136</v>
       </c>
       <c r="B69" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="70" spans="1:26">
       <c r="A70" t="s">
         <v>138</v>
       </c>
       <c r="B70" t="s">
         <v>139</v>
+      </c>
+    </row>
+    <row r="71" spans="1:26">
+      <c r="A71" t="s">
+        <v>140</v>
+      </c>
+      <c r="B71" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="72" spans="1:26">
+      <c r="A72" t="s">
+        <v>142</v>
+      </c>
+      <c r="B72" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="73" spans="1:26">
+      <c r="A73" t="s">
+        <v>144</v>
+      </c>
+      <c r="B73" t="s">
+        <v>145</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">