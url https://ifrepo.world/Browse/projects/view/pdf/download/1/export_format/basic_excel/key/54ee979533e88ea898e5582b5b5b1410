--- v1 (2025-10-31)
+++ v2 (2026-01-10)
@@ -12,488 +12,515 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="CollectiveAccess" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="146">
-[...7 lines deleted...]
-    <t>IF-PRJ-0001</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="155">
+  <si>
+    <t>Title</t>
+  </si>
+  <si>
+    <t>Administrative/Biographical History</t>
+  </si>
+  <si>
+    <t>Abstract</t>
+  </si>
+  <si>
+    <t>Scope and Content</t>
+  </si>
+  <si>
+    <t>Date</t>
+  </si>
+  <si>
+    <t>Extent</t>
+  </si>
+  <si>
+    <t>Location</t>
+  </si>
+  <si>
+    <t>Material Format</t>
+  </si>
+  <si>
+    <t>Subjects</t>
+  </si>
+  <si>
+    <t>Related Collections</t>
+  </si>
+  <si>
+    <t>Restrictions</t>
+  </si>
+  <si>
+    <t>Physical access</t>
+  </si>
+  <si>
+    <t>Genres</t>
+  </si>
+  <si>
+    <t>Preferred citation</t>
+  </si>
+  <si>
+    <t>Related Entities</t>
+  </si>
+  <si>
+    <t>Places</t>
+  </si>
+  <si>
+    <t>(Un)Archiving the City: the Case of Beirut</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> </t>
+  </si>
+  <si>
+    <t>Howayda Al-Harithy (is related to);Leyla El-Sayyed Hussein (is related to);Ali Khodr (is related to);Mariam Bazzi (is related to);Wiaam Haddad (is related to);Batoul Yassine (is related to)</t>
+  </si>
+  <si>
+    <t>Apartheid’s Enemies - A 4 part I hour Series</t>
+  </si>
+  <si>
+    <t>Mark Kaplan (is related to)</t>
+  </si>
+  <si>
+    <t>Archiving 30,000 years of eruptive history to raise volcanic risk awareness in Arequipa, Peru</t>
+  </si>
+  <si>
+    <t>Julie Morin (is related to);Amy Donovan (is related to);Nélida Manrique (is related to);Yrma Linares (is related to)</t>
+  </si>
+  <si>
+    <t>Archiving Camp Cultural Performances/Dances, Traditional Foods, And The Camp Architecture</t>
+  </si>
+  <si>
+    <t>Dennis Momanyi Mogeni (is related to);Aman Garang Wel (is related to);Shukri Mohamed Ibrahim (is related to)</t>
+  </si>
+  <si>
+    <t>Archiving COVID-19 Heritage in Ho Chi Minh City</t>
+  </si>
+  <si>
+    <t>Rachel Anne Tough (is related to);Quang Nguyễn (is related to);Diana Lê (is related to)</t>
+  </si>
+  <si>
+    <t>Archiving local memories of slavery and slave trade in southwestern Tanzania</t>
+  </si>
+  <si>
+    <t>Baraka Edward Ibare (is related to)</t>
+  </si>
+  <si>
+    <t>Archiving performances, dances and oral traditions of Luo community</t>
+  </si>
+  <si>
+    <t>George Juma Ondeng (is related to);Timonson Jairus Agiver Bwanah (membership)</t>
+  </si>
+  <si>
+    <t>Archiving Resistance: Artefacts of Transnational Occupation</t>
+  </si>
+  <si>
+    <t>Raktim Ray (is related to);Mukul Patel (is related to);Srilata Sircar (is related to);Manu Luksch (is related to);Ufaque Paiker (is related to)</t>
+  </si>
+  <si>
+    <t>Archiving Camp Cultural Performances/Dances, Traditional Foods, And The Camp Architecture &gt; Archiving the architecture of buildings and housing in Kakuma Refugee Camp and Kalobeyei settlement areas</t>
+  </si>
+  <si>
+    <t>Shukri Mohamed Ibrahim (is related to)</t>
+  </si>
+  <si>
+    <t>Archiving Camp Cultural Performances/Dances, Traditional Foods, And The Camp Architecture &gt; Archiving the cultural performances/dances and food culture in Kakuma Camp</t>
+  </si>
+  <si>
+    <t>Aman Garang Wel (is related to)</t>
+  </si>
+  <si>
+    <t>Archiving the endangered traditional herbal medicinal knowledge and practices among multi-ethnic groups in Songea District, Southern Tanzania</t>
+  </si>
+  <si>
+    <t>Thomas John Biginagwa (is related to);Ms. Sinyati Robinson Mark (is related to);Mr. Richard T. Chale (is related to)</t>
+  </si>
+  <si>
+    <t>Bringing African heritage into life: Archiving memories of traditional ways of maintaining social order among the Ikoma of western Serengeti, Northern Tanzania</t>
+  </si>
+  <si>
+    <t>Javern Sabas (is related to)</t>
+  </si>
+  <si>
+    <t>Chagga Traditional Songs as Archives of African Traditional Knowledge</t>
+  </si>
+  <si>
+    <t>Nicolas Joseph Kavishe (is related to)</t>
+  </si>
+  <si>
+    <t>Digitalising Turkey’s Botanical Heritage &gt; Charcoal Collection</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Necmi Aksoy (is related to)</t>
+  </si>
+  <si>
+    <t>Connecting Archives, Connecting People</t>
+  </si>
+  <si>
+    <t>Nurdan Atalan Çayırezmez (is related to);Charlotte Roueche (is related to)</t>
+  </si>
+  <si>
+    <t>Creative Archiving of Socio-ecological and Socio-cultural knowledge &amp; practices of Lateritic Landscapes of Central Konkan</t>
+  </si>
+  <si>
+    <t>Saili Kaustubh Palande-Datar (is related to);Neha Rane (is related to)</t>
+  </si>
+  <si>
+    <t>Digitalising Turkey’s Botanical Heritage</t>
+  </si>
+  <si>
+    <t>Nurdan Atalan Çayırezmez (is related to);Prof. Dr. Necmi Aksoy (membership)</t>
+  </si>
+  <si>
+    <t>Digitising the Kleinschmidt Archive</t>
+  </si>
+  <si>
+    <t>Horst Kleinschmidt (is related to)</t>
+  </si>
+  <si>
+    <t>Digitization of Herbarium Collections from the College of African Wildlife Management to Enhance Learning and Research</t>
+  </si>
+  <si>
+    <t>Rudolf Mremi (is related to);John Elia Ntandu (is related to)</t>
+  </si>
+  <si>
+    <t>Documenting Street Art in Turkey (Test Project)</t>
+  </si>
+  <si>
+    <t>Orhun Uğur (is related to)</t>
+  </si>
+  <si>
+    <t>Effectiveness of Teaching Drama-In-Education using indigenous games: The Role of Documentation and Archiving</t>
+  </si>
+  <si>
+    <t>Joyce Asiedu (is related to)</t>
+  </si>
+  <si>
+    <t>Embracing the past: Professionals and Indigenous People Dialogue on Historical Sites in Southern Tanzania</t>
+  </si>
+  <si>
+    <t>Festo W. Gabriel (is related to)</t>
+  </si>
+  <si>
+    <t>Este Lugar Tiene Muchas Historias/ Lajtre Yuduxh Rextiixni</t>
+  </si>
+  <si>
+    <t>Hilary Morgan V. Leathem (membership);Pedro Guillermo Ramón Celis (membership);Marco Antonio Méndez Juárez (membership)</t>
+  </si>
+  <si>
+    <t>Exploring the Evolution of Human Mobility and probing its implications to the present-day laws and protocols related to the ‘undesirable’ form of mobility</t>
+  </si>
+  <si>
+    <t>Gerawork Teferra Gizaw (is related to)</t>
+  </si>
+  <si>
+    <t>Food, Hospitality, and the Micro-cultures of Syria</t>
+  </si>
+  <si>
+    <t>Aqeel Abdulla (is related to)</t>
+  </si>
+  <si>
+    <t>Futures Through Underwater Pasts: the Search for Mongalo</t>
+  </si>
+  <si>
+    <t>Nancy Rushohora (is related to)</t>
+  </si>
+  <si>
+    <t>Gazing Through the Benedicting Archive:The Lost and Found Mwera Traditions of Lindi Region</t>
+  </si>
+  <si>
+    <t>Brother Romanus (is related to)</t>
+  </si>
+  <si>
+    <t>Ghana’s Analogue Video Film Digitization, Archiving and Repository Project</t>
+  </si>
+  <si>
+    <t>Rebecca Ohene-Asah (is related to);George Bosompim (is related to)</t>
+  </si>
+  <si>
+    <t>Digitalising Turkey’s Botanical Heritage &gt; Herbarium Collection</t>
+  </si>
+  <si>
+    <t>History Closer to the Ngoni People</t>
+  </si>
+  <si>
+    <t>Xaver Kazimoto Komba (is related to);Mr. Emmanuel Xavery Zullu Gama, Chief of Wangoni (is related to);Rose Mbijima (is related to);Eginald Pius Mihanjo (is related to);Frt. Esperanzo Mwilongo (membership)</t>
+  </si>
+  <si>
+    <t>How does the agenda-setting and framing theory on Twitter (X platform) as an archive change the public opinion during the Israeli-Palestinian conflict since 7 October 2023, in the UK, US, and Canada using AI sentiment analysis.</t>
+  </si>
+  <si>
+    <t>Aamer Nassar (is related to)</t>
+  </si>
+  <si>
+    <t>In Search of LA – History in the Streets</t>
+  </si>
+  <si>
+    <t>Tawny Paul (is related to)</t>
+  </si>
+  <si>
+    <t>Iraqi Protest Art and Alternative Visions of the Past</t>
+  </si>
+  <si>
+    <t>Kareem Ali Dhiaa (is related to)</t>
+  </si>
+  <si>
+    <t>Jamestown – Yesterday, Today &amp; Tomorrow: A Display of Heritage Archives</t>
+  </si>
+  <si>
+    <t>Lebanese Yawmiyat (Diaries): Archiving Unfinished Stories of Spatial Violence</t>
+  </si>
+  <si>
+    <t>Camillo Boano (is related to);Hanadi Samhan (is related to)</t>
+  </si>
+  <si>
+    <t>Legacy of Permanent Temporariness</t>
+  </si>
+  <si>
+    <t>Gerawork Teferra Gizaw (is related to);Mohamed Abdullahi (is related to);Barbara Moser-Mercer (is related to)</t>
+  </si>
+  <si>
+    <t>Lindi: Majimaji war, memory and memorization</t>
   </si>
   <si>
     <t>Living and archiving Sotuta’s foodways, Yucatan</t>
   </si>
   <si>
-    <t>IF-PRJ-0002</t>
-[...17 lines deleted...]
-    <t>IF-PRJ-0005</t>
+    <t>Olin Moctezuma Burns (is related to);Daniela Marian Mussali Meza (membership);Cristian Miguel Torres Gutiérrez (membership)</t>
+  </si>
+  <si>
+    <t>Living Archives [Archivo Vivo]: Weaving gendered (hi)stories of Territorial Reclamation</t>
+  </si>
+  <si>
+    <t>Catalina Ortiz (is related to);Natalia Villamizar Duarte (is related to);Luz Mila Hernández (is related to)</t>
+  </si>
+  <si>
+    <t>Living Biocultural Archives: “Collective Archivism”</t>
+  </si>
+  <si>
+    <t>Daniela Sclavo Castillo (is related to);Mariana Martínez Balvanera (is related to);Adriana Cadena Roa (is related to);Elizabeth Guerrero Molina (is related to);Emilio Hernández Martínez (is related to);Patricia Balvanera (is related to)</t>
+  </si>
+  <si>
+    <t>Mental Map: A way to access information from the Maji Maji war victims in Southern Tanzania</t>
+  </si>
+  <si>
+    <t>Hawa Mkwela (is related to)</t>
+  </si>
+  <si>
+    <t>Multivocality and Egalitarian Representation of Slavery Heritage in Mikindani and Pangani Towns in Tanzania</t>
+  </si>
+  <si>
+    <t>Noel Biseko Lwoga (is related to)</t>
+  </si>
+  <si>
+    <t>Network Training Workshop; Tumaini University Dar es Salaam College, Tanzania</t>
+  </si>
+  <si>
+    <t>Valence Silayo (is related to)</t>
+  </si>
+  <si>
+    <t>No Woman Left Behind: The Lebanese Civil War Through the Lens of Women</t>
+  </si>
+  <si>
+    <t>Yara Khiamy (is related to)</t>
+  </si>
+  <si>
+    <t>Nursing Nostalgia: Archival traces and the social lives of Zimbabweans in Britain</t>
+  </si>
+  <si>
+    <t>Roselyne Masamha (is related to);Lennon Mhishi (is related to)</t>
+  </si>
+  <si>
+    <t>Performance as Documentation and Archiving of Folklore, Through the Lens of Hakpanya</t>
+  </si>
+  <si>
+    <t>Dodzi Korsi Aveh (is related to)</t>
+  </si>
+  <si>
+    <t>Photo – Poetry Publication</t>
+  </si>
+  <si>
+    <t>Elena Fiddian-Qasmiyeh (is related to);Yousif M. Qasmiyeh (is related to)</t>
+  </si>
+  <si>
+    <t>Prisoners of Love: Affect, containment and alternative futures</t>
+  </si>
+  <si>
+    <t>Louisa Minkin (is related to);Lennon Mhishi (is related to);Johanna Zetterstrom-Sharp (is related to);Ian Dawson (is related to)</t>
+  </si>
+  <si>
+    <t>Producing a manageable historical archive for Andean communities</t>
+  </si>
+  <si>
+    <t>Gabriela Ramos (is related to)</t>
+  </si>
+  <si>
+    <t>Restoring Territory and Memory: Displays of visual archives in Michoacán</t>
+  </si>
+  <si>
+    <t>Gabriela Zamorano Villarreal (is related to);Sandra Rozental (is related to)</t>
+  </si>
+  <si>
+    <t>Reviving the Nubian Language</t>
+  </si>
+  <si>
+    <t>JC Niala (is related to);Zahra Khalid Osman (is related to);Zena Abdulrahman Musa (is related to);Ramlat Hassan Tamim (is related to)</t>
+  </si>
+  <si>
+    <t>Salvaging Remnants of Ghana's Osofo Dadzie Television Drama Series</t>
+  </si>
+  <si>
+    <t>Rebecca Ohene-Asah (is related to)</t>
+  </si>
+  <si>
+    <t>Scanathon Dig - Playgrounds</t>
+  </si>
+  <si>
+    <t>Elizabeth Wright (is related to)</t>
+  </si>
+  <si>
+    <t>Searching for unarchived heritage resources that were purposely neglected, exploring archival Acts and the documentations on the Tanzanian Coast</t>
+  </si>
+  <si>
+    <t>Zuhura Abdallah Mtenguzi (is related to)</t>
+  </si>
+  <si>
+    <t>Seeing Berlin Anew</t>
+  </si>
+  <si>
+    <t>Edwar Hanna (is related to)</t>
+  </si>
+  <si>
+    <t>Stitching my City Back: Multivocality in Homs</t>
+  </si>
+  <si>
+    <t>Lina Ghoutouk (is related to)</t>
+  </si>
+  <si>
+    <t>Survival and Legacy of Trans-generational Memories of Colonialism In Mgao, Mtwara-Tanzania</t>
+  </si>
+  <si>
+    <t>Mkuta Majuto Swedi (is related to)</t>
+  </si>
+  <si>
+    <t>Tanzanian Dressing Traditions: Documentation and Digitization of disappearing legacies and emerging patterns</t>
+  </si>
+  <si>
+    <t>Ndesumbuka Lamtane Merinyo (is related to);Ms. Ailinda Stefano Sawe (is related to)</t>
   </si>
   <si>
     <t>The Archiving of Traditional Songs Among the Gogo Ethnic Group of Central Tanzania for African Indigenous Knowledge</t>
   </si>
   <si>
-    <t>IF-PRJ-0006</t>
-[...263 lines deleted...]
-    <t>IF-PRJ-0054</t>
+    <t>Marco Magassila (is related to)</t>
   </si>
   <si>
     <t>The body as an archive of violence: tracing three archives of violence in South Africa</t>
   </si>
   <si>
-    <t>IF-PRJ-0055</t>
+    <t>Rabia Abba Omar (is related to)</t>
+  </si>
+  <si>
+    <t>The Closed Ndanda Benedictine Missionary Archive—Opening, Revitalizing and Giving Access to the Community</t>
+  </si>
+  <si>
+    <t>Siegfried Mchekenje (is related to);Rev Tuzinde Simon Mgassa (membership);Br Sixtus Luoga (membership);Sr Flora Ngombo (membership)</t>
   </si>
   <si>
     <t>The Righteous Revolutionary</t>
   </si>
   <si>
-    <t>IF-PRJ-0056</t>
+    <t>Horst Kleinschmidt (is related to);Mark Kaplan (is related to)</t>
   </si>
   <si>
     <t>The Role of Tanzanian Myths in Conservation of Natural Resources</t>
   </si>
   <si>
-    <t>IF-PRJ-0057</t>
-[...5 lines deleted...]
-    <t>IF-PRJ-0058</t>
+    <t>Felistas Richard Mahonge (is related to)</t>
   </si>
   <si>
     <t>The un-archived horrors of slavery at Fort Patiko: Rethinking the historical narratives of slavery and slave trade in post-conflict northern Uganda</t>
   </si>
   <si>
-    <t>IF-PRJ-0059</t>
+    <t>Elizabeth Kyazike (is related to);Mr. Abiti Nelson Adebo (is related to)</t>
+  </si>
+  <si>
+    <t>The Untold Stories: The Oral History, Memory, and Displacement Archive in Post-ISIS conflicts Areas in Iraq</t>
+  </si>
+  <si>
+    <t>Kareem Ali Dhiaa (is related to);Sarah Zaaimi (is related to)</t>
   </si>
   <si>
     <t>Towards Hybrid Representation: Exploring Co-Design as Part of Post-Colonial Archival Practise</t>
   </si>
   <si>
-    <t>IF-PRJ-0060</t>
+    <t>Mishkah Abrahams (is related to)</t>
   </si>
   <si>
     <t>Tracing Nubian Archives through time in Kenya &amp; in the U.K.</t>
   </si>
   <si>
-    <t>IF-PRJ-0061</t>
-[...1 lines deleted...]
-  <si>
     <t>Traditional storytelling as an archive under threat</t>
   </si>
   <si>
-    <t>IF-PRJ-0062</t>
-[...11 lines deleted...]
-    <t>IF-PRJ-0064</t>
+    <t>Anthonia Bertholomeo Mnkama (is related to)</t>
+  </si>
+  <si>
+    <t>Vernacular Songs as Archives and Modes of Social Redress in Jamestown, Accra</t>
+  </si>
+  <si>
+    <t>Kodzo Gavua (is related to)</t>
   </si>
   <si>
     <t>We Come From the Past: Orality, Indigeneity and the Flow of Culture</t>
   </si>
   <si>
-    <t>IF-PRJ-0065</t>
+    <t>Paul Magee (is related to);Paul Collis (is related to);Jen Crawford (is related to)</t>
+  </si>
+  <si>
+    <t>Digitalising Turkey’s Botanical Heritage &gt; Wood Collection</t>
   </si>
   <si>
     <t>Yarmouk Camp: A Story Unfolded</t>
-  </si>
-[...64 lines deleted...]
-    <t>Documenting Street Art in Turkey (Test Project)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -808,666 +835,1856 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:Z73"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="B1" sqref="B1"/>
+      <selection activeCell="P1" sqref="P1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="29" bestFit="true" customWidth="true" style="0"/>
-[...14 lines deleted...]
-    <col min="16" max="16" width="9.10" bestFit="true" style="0"/>
+    <col min="1" max="1" width="50" customWidth="true" style="0"/>
+    <col min="2" max="2" width="49" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="24" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="6" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="9" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="12" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="21" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="12" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="27" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="17" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="21" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="9" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="25" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="50" customWidth="true" style="0"/>
+    <col min="16" max="16" width="9" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.10" bestFit="true" style="0"/>
     <col min="18" max="18" width="9.10" bestFit="true" style="0"/>
     <col min="19" max="19" width="9.10" bestFit="true" style="0"/>
     <col min="20" max="20" width="9.10" bestFit="true" style="0"/>
     <col min="21" max="21" width="9.10" bestFit="true" style="0"/>
     <col min="22" max="22" width="9.10" bestFit="true" style="0"/>
     <col min="23" max="23" width="9.10" bestFit="true" style="0"/>
     <col min="24" max="24" width="9.10" bestFit="true" style="0"/>
     <col min="25" max="25" width="9.10" bestFit="true" style="0"/>
     <col min="26" max="26" width="9.10" bestFit="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" customHeight="1" ht="30">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
+      <c r="C1" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="L1" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="M1" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="N1" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="O1" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" s="1" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" t="s">
-        <v>2</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="B2"/>
+      <c r="C2"/>
+      <c r="D2"/>
+      <c r="E2" t="s">
+        <v>17</v>
+      </c>
+      <c r="F2"/>
+      <c r="G2"/>
+      <c r="H2"/>
+      <c r="I2"/>
+      <c r="J2"/>
+      <c r="K2"/>
+      <c r="L2"/>
+      <c r="M2"/>
+      <c r="N2"/>
+      <c r="O2" t="s">
+        <v>18</v>
+      </c>
+      <c r="P2"/>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" t="s">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="B3"/>
+      <c r="C3"/>
+      <c r="D3"/>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3"/>
+      <c r="G3"/>
+      <c r="H3"/>
+      <c r="I3"/>
+      <c r="J3"/>
+      <c r="K3"/>
+      <c r="L3"/>
+      <c r="M3"/>
+      <c r="N3"/>
+      <c r="O3" t="s">
+        <v>20</v>
+      </c>
+      <c r="P3"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
-        <v>6</v>
-[...3 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="B4"/>
+      <c r="C4"/>
+      <c r="D4"/>
+      <c r="E4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F4"/>
+      <c r="G4"/>
+      <c r="H4"/>
+      <c r="I4"/>
+      <c r="J4"/>
+      <c r="K4"/>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4"/>
+      <c r="O4" t="s">
+        <v>22</v>
+      </c>
+      <c r="P4"/>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" t="s">
-        <v>8</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="B5"/>
+      <c r="C5"/>
+      <c r="D5"/>
+      <c r="E5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F5"/>
+      <c r="G5"/>
+      <c r="H5"/>
+      <c r="I5"/>
+      <c r="J5"/>
+      <c r="K5"/>
+      <c r="L5"/>
+      <c r="M5"/>
+      <c r="N5"/>
+      <c r="O5" t="s">
+        <v>24</v>
+      </c>
+      <c r="P5"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="B6"/>
+      <c r="C6"/>
+      <c r="D6"/>
+      <c r="E6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F6"/>
+      <c r="G6"/>
+      <c r="H6"/>
+      <c r="I6"/>
+      <c r="J6"/>
+      <c r="K6"/>
+      <c r="L6"/>
+      <c r="M6"/>
+      <c r="N6"/>
+      <c r="O6" t="s">
+        <v>26</v>
+      </c>
+      <c r="P6"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="B7"/>
+      <c r="C7"/>
+      <c r="D7"/>
+      <c r="E7" t="s">
+        <v>17</v>
+      </c>
+      <c r="F7"/>
+      <c r="G7"/>
+      <c r="H7"/>
+      <c r="I7"/>
+      <c r="J7"/>
+      <c r="K7"/>
+      <c r="L7"/>
+      <c r="M7"/>
+      <c r="N7"/>
+      <c r="O7" t="s">
+        <v>28</v>
+      </c>
+      <c r="P7"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="B8"/>
+      <c r="C8"/>
+      <c r="D8"/>
+      <c r="E8" t="s">
+        <v>17</v>
+      </c>
+      <c r="F8"/>
+      <c r="G8"/>
+      <c r="H8"/>
+      <c r="I8"/>
+      <c r="J8"/>
+      <c r="K8"/>
+      <c r="L8"/>
+      <c r="M8"/>
+      <c r="N8"/>
+      <c r="O8" t="s">
+        <v>30</v>
+      </c>
+      <c r="P8"/>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" t="s">
-        <v>16</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="B9"/>
+      <c r="C9"/>
+      <c r="D9"/>
+      <c r="E9" t="s">
+        <v>17</v>
+      </c>
+      <c r="F9"/>
+      <c r="G9"/>
+      <c r="H9"/>
+      <c r="I9"/>
+      <c r="J9"/>
+      <c r="K9"/>
+      <c r="L9"/>
+      <c r="M9"/>
+      <c r="N9"/>
+      <c r="O9" t="s">
+        <v>32</v>
+      </c>
+      <c r="P9"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="B10"/>
+      <c r="C10"/>
+      <c r="D10"/>
+      <c r="E10" t="s">
+        <v>17</v>
+      </c>
+      <c r="F10"/>
+      <c r="G10"/>
+      <c r="H10"/>
+      <c r="I10"/>
+      <c r="J10"/>
+      <c r="K10"/>
+      <c r="L10"/>
+      <c r="M10"/>
+      <c r="N10"/>
+      <c r="O10" t="s">
+        <v>34</v>
+      </c>
+      <c r="P10"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" t="s">
-        <v>20</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="B11"/>
+      <c r="C11"/>
+      <c r="D11"/>
+      <c r="E11" t="s">
+        <v>17</v>
+      </c>
+      <c r="F11"/>
+      <c r="G11"/>
+      <c r="H11"/>
+      <c r="I11"/>
+      <c r="J11"/>
+      <c r="K11"/>
+      <c r="L11"/>
+      <c r="M11"/>
+      <c r="N11"/>
+      <c r="O11" t="s">
+        <v>36</v>
+      </c>
+      <c r="P11"/>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="B12"/>
+      <c r="C12"/>
+      <c r="D12"/>
+      <c r="E12" t="s">
+        <v>17</v>
+      </c>
+      <c r="F12"/>
+      <c r="G12"/>
+      <c r="H12"/>
+      <c r="I12"/>
+      <c r="J12"/>
+      <c r="K12"/>
+      <c r="L12"/>
+      <c r="M12"/>
+      <c r="N12"/>
+      <c r="O12" t="s">
+        <v>38</v>
+      </c>
+      <c r="P12"/>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="B13"/>
+      <c r="C13"/>
+      <c r="D13"/>
+      <c r="E13" t="s">
+        <v>17</v>
+      </c>
+      <c r="F13"/>
+      <c r="G13"/>
+      <c r="H13"/>
+      <c r="I13"/>
+      <c r="J13"/>
+      <c r="K13"/>
+      <c r="L13"/>
+      <c r="M13"/>
+      <c r="N13"/>
+      <c r="O13" t="s">
+        <v>40</v>
+      </c>
+      <c r="P13"/>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>41</v>
+      </c>
+      <c r="B14"/>
+      <c r="C14"/>
+      <c r="D14"/>
+      <c r="E14" t="s">
+        <v>17</v>
+      </c>
+      <c r="F14"/>
+      <c r="G14"/>
+      <c r="H14"/>
+      <c r="I14"/>
+      <c r="J14"/>
+      <c r="K14"/>
+      <c r="L14"/>
+      <c r="M14"/>
+      <c r="N14"/>
+      <c r="O14" t="s">
+        <v>42</v>
+      </c>
+      <c r="P14"/>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" t="s">
-        <v>28</v>
-[...3 lines deleted...]
-      </c>
+        <v>43</v>
+      </c>
+      <c r="B15"/>
+      <c r="C15"/>
+      <c r="D15"/>
+      <c r="E15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F15"/>
+      <c r="G15"/>
+      <c r="H15"/>
+      <c r="I15"/>
+      <c r="J15"/>
+      <c r="K15"/>
+      <c r="L15"/>
+      <c r="M15"/>
+      <c r="N15"/>
+      <c r="O15" t="s">
+        <v>44</v>
+      </c>
+      <c r="P15"/>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="B16"/>
+      <c r="C16"/>
+      <c r="D16"/>
+      <c r="E16" t="s">
+        <v>17</v>
+      </c>
+      <c r="F16"/>
+      <c r="G16"/>
+      <c r="H16"/>
+      <c r="I16"/>
+      <c r="J16"/>
+      <c r="K16"/>
+      <c r="L16"/>
+      <c r="M16"/>
+      <c r="N16"/>
+      <c r="O16" t="s">
+        <v>46</v>
+      </c>
+      <c r="P16"/>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" t="s">
-        <v>32</v>
-[...3 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="B17"/>
+      <c r="C17"/>
+      <c r="D17"/>
+      <c r="E17" t="s">
+        <v>17</v>
+      </c>
+      <c r="F17"/>
+      <c r="G17"/>
+      <c r="H17"/>
+      <c r="I17"/>
+      <c r="J17"/>
+      <c r="K17"/>
+      <c r="L17"/>
+      <c r="M17"/>
+      <c r="N17"/>
+      <c r="O17" t="s">
+        <v>48</v>
+      </c>
+      <c r="P17"/>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="B18"/>
+      <c r="C18"/>
+      <c r="D18"/>
+      <c r="E18" t="s">
+        <v>17</v>
+      </c>
+      <c r="F18"/>
+      <c r="G18"/>
+      <c r="H18"/>
+      <c r="I18"/>
+      <c r="J18"/>
+      <c r="K18"/>
+      <c r="L18"/>
+      <c r="M18"/>
+      <c r="N18"/>
+      <c r="O18" t="s">
+        <v>50</v>
+      </c>
+      <c r="P18"/>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" t="s">
-        <v>36</v>
-[...3 lines deleted...]
-      </c>
+        <v>51</v>
+      </c>
+      <c r="B19"/>
+      <c r="C19"/>
+      <c r="D19"/>
+      <c r="E19" t="s">
+        <v>17</v>
+      </c>
+      <c r="F19"/>
+      <c r="G19"/>
+      <c r="H19"/>
+      <c r="I19"/>
+      <c r="J19"/>
+      <c r="K19"/>
+      <c r="L19"/>
+      <c r="M19"/>
+      <c r="N19"/>
+      <c r="O19" t="s">
+        <v>52</v>
+      </c>
+      <c r="P19"/>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" t="s">
-        <v>38</v>
-[...3 lines deleted...]
-      </c>
+        <v>53</v>
+      </c>
+      <c r="B20"/>
+      <c r="C20"/>
+      <c r="D20"/>
+      <c r="E20" t="s">
+        <v>17</v>
+      </c>
+      <c r="F20"/>
+      <c r="G20"/>
+      <c r="H20"/>
+      <c r="I20"/>
+      <c r="J20"/>
+      <c r="K20"/>
+      <c r="L20"/>
+      <c r="M20"/>
+      <c r="N20"/>
+      <c r="O20" t="s">
+        <v>54</v>
+      </c>
+      <c r="P20"/>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" t="s">
-        <v>40</v>
-[...3 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="B21"/>
+      <c r="C21"/>
+      <c r="D21"/>
+      <c r="E21" t="s">
+        <v>17</v>
+      </c>
+      <c r="F21"/>
+      <c r="G21"/>
+      <c r="H21"/>
+      <c r="I21"/>
+      <c r="J21"/>
+      <c r="K21"/>
+      <c r="L21"/>
+      <c r="M21"/>
+      <c r="N21"/>
+      <c r="O21" t="s">
+        <v>56</v>
+      </c>
+      <c r="P21"/>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" t="s">
-        <v>42</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="B22"/>
+      <c r="C22"/>
+      <c r="D22"/>
+      <c r="E22" t="s">
+        <v>17</v>
+      </c>
+      <c r="F22"/>
+      <c r="G22"/>
+      <c r="H22"/>
+      <c r="I22"/>
+      <c r="J22"/>
+      <c r="K22"/>
+      <c r="L22"/>
+      <c r="M22"/>
+      <c r="N22"/>
+      <c r="O22" t="s">
+        <v>58</v>
+      </c>
+      <c r="P22"/>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" t="s">
-        <v>44</v>
-[...3 lines deleted...]
-      </c>
+        <v>59</v>
+      </c>
+      <c r="B23"/>
+      <c r="C23"/>
+      <c r="D23"/>
+      <c r="E23" t="s">
+        <v>17</v>
+      </c>
+      <c r="F23"/>
+      <c r="G23"/>
+      <c r="H23"/>
+      <c r="I23"/>
+      <c r="J23"/>
+      <c r="K23"/>
+      <c r="L23"/>
+      <c r="M23"/>
+      <c r="N23"/>
+      <c r="O23" t="s">
+        <v>60</v>
+      </c>
+      <c r="P23"/>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" t="s">
-        <v>46</v>
-[...3 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="B24"/>
+      <c r="C24"/>
+      <c r="D24"/>
+      <c r="E24" t="s">
+        <v>17</v>
+      </c>
+      <c r="F24"/>
+      <c r="G24"/>
+      <c r="H24"/>
+      <c r="I24"/>
+      <c r="J24"/>
+      <c r="K24"/>
+      <c r="L24"/>
+      <c r="M24"/>
+      <c r="N24"/>
+      <c r="O24" t="s">
+        <v>62</v>
+      </c>
+      <c r="P24"/>
     </row>
     <row r="25" spans="1:26">
       <c r="A25" t="s">
-        <v>48</v>
-[...3 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="B25"/>
+      <c r="C25"/>
+      <c r="D25"/>
+      <c r="E25" t="s">
+        <v>17</v>
+      </c>
+      <c r="F25"/>
+      <c r="G25"/>
+      <c r="H25"/>
+      <c r="I25"/>
+      <c r="J25"/>
+      <c r="K25"/>
+      <c r="L25"/>
+      <c r="M25"/>
+      <c r="N25"/>
+      <c r="O25" t="s">
+        <v>64</v>
+      </c>
+      <c r="P25"/>
     </row>
     <row r="26" spans="1:26">
       <c r="A26" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>65</v>
+      </c>
+      <c r="B26"/>
+      <c r="C26"/>
+      <c r="D26"/>
+      <c r="E26" t="s">
+        <v>17</v>
+      </c>
+      <c r="F26"/>
+      <c r="G26"/>
+      <c r="H26"/>
+      <c r="I26"/>
+      <c r="J26"/>
+      <c r="K26"/>
+      <c r="L26"/>
+      <c r="M26"/>
+      <c r="N26"/>
+      <c r="O26" t="s">
+        <v>66</v>
+      </c>
+      <c r="P26"/>
     </row>
     <row r="27" spans="1:26">
       <c r="A27" t="s">
-        <v>52</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="B27"/>
+      <c r="C27"/>
+      <c r="D27"/>
+      <c r="E27" t="s">
+        <v>17</v>
+      </c>
+      <c r="F27"/>
+      <c r="G27"/>
+      <c r="H27"/>
+      <c r="I27"/>
+      <c r="J27"/>
+      <c r="K27"/>
+      <c r="L27"/>
+      <c r="M27"/>
+      <c r="N27"/>
+      <c r="O27" t="s">
+        <v>68</v>
+      </c>
+      <c r="P27"/>
     </row>
     <row r="28" spans="1:26">
       <c r="A28" t="s">
-        <v>54</v>
-[...3 lines deleted...]
-      </c>
+        <v>69</v>
+      </c>
+      <c r="B28"/>
+      <c r="C28"/>
+      <c r="D28"/>
+      <c r="E28" t="s">
+        <v>17</v>
+      </c>
+      <c r="F28"/>
+      <c r="G28"/>
+      <c r="H28"/>
+      <c r="I28"/>
+      <c r="J28"/>
+      <c r="K28"/>
+      <c r="L28"/>
+      <c r="M28"/>
+      <c r="N28"/>
+      <c r="O28" t="s">
+        <v>70</v>
+      </c>
+      <c r="P28"/>
     </row>
     <row r="29" spans="1:26">
       <c r="A29" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="B29"/>
+      <c r="C29"/>
+      <c r="D29"/>
+      <c r="E29" t="s">
+        <v>17</v>
+      </c>
+      <c r="F29"/>
+      <c r="G29"/>
+      <c r="H29"/>
+      <c r="I29"/>
+      <c r="J29"/>
+      <c r="K29"/>
+      <c r="L29"/>
+      <c r="M29"/>
+      <c r="N29"/>
+      <c r="O29" t="s">
+        <v>72</v>
+      </c>
+      <c r="P29"/>
     </row>
     <row r="30" spans="1:26">
       <c r="A30" t="s">
-        <v>58</v>
-[...3 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="B30"/>
+      <c r="C30"/>
+      <c r="D30"/>
+      <c r="E30" t="s">
+        <v>17</v>
+      </c>
+      <c r="F30"/>
+      <c r="G30"/>
+      <c r="H30"/>
+      <c r="I30"/>
+      <c r="J30"/>
+      <c r="K30"/>
+      <c r="L30"/>
+      <c r="M30"/>
+      <c r="N30"/>
+      <c r="O30" t="s">
+        <v>44</v>
+      </c>
+      <c r="P30"/>
     </row>
     <row r="31" spans="1:26">
       <c r="A31" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>74</v>
+      </c>
+      <c r="B31"/>
+      <c r="C31"/>
+      <c r="D31"/>
+      <c r="E31" t="s">
+        <v>17</v>
+      </c>
+      <c r="F31"/>
+      <c r="G31"/>
+      <c r="H31"/>
+      <c r="I31"/>
+      <c r="J31"/>
+      <c r="K31"/>
+      <c r="L31"/>
+      <c r="M31"/>
+      <c r="N31"/>
+      <c r="O31" t="s">
+        <v>75</v>
+      </c>
+      <c r="P31"/>
     </row>
     <row r="32" spans="1:26">
       <c r="A32" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-      </c>
+        <v>76</v>
+      </c>
+      <c r="B32"/>
+      <c r="C32"/>
+      <c r="D32"/>
+      <c r="E32" t="s">
+        <v>17</v>
+      </c>
+      <c r="F32"/>
+      <c r="G32"/>
+      <c r="H32"/>
+      <c r="I32"/>
+      <c r="J32"/>
+      <c r="K32"/>
+      <c r="L32"/>
+      <c r="M32"/>
+      <c r="N32"/>
+      <c r="O32" t="s">
+        <v>77</v>
+      </c>
+      <c r="P32"/>
     </row>
     <row r="33" spans="1:26">
       <c r="A33" t="s">
-        <v>64</v>
-[...3 lines deleted...]
-      </c>
+        <v>78</v>
+      </c>
+      <c r="B33"/>
+      <c r="C33"/>
+      <c r="D33"/>
+      <c r="E33" t="s">
+        <v>17</v>
+      </c>
+      <c r="F33"/>
+      <c r="G33"/>
+      <c r="H33"/>
+      <c r="I33"/>
+      <c r="J33"/>
+      <c r="K33"/>
+      <c r="L33"/>
+      <c r="M33"/>
+      <c r="N33"/>
+      <c r="O33" t="s">
+        <v>79</v>
+      </c>
+      <c r="P33"/>
     </row>
     <row r="34" spans="1:26">
       <c r="A34" t="s">
-        <v>66</v>
-[...3 lines deleted...]
-      </c>
+        <v>80</v>
+      </c>
+      <c r="B34"/>
+      <c r="C34"/>
+      <c r="D34"/>
+      <c r="E34" t="s">
+        <v>17</v>
+      </c>
+      <c r="F34"/>
+      <c r="G34"/>
+      <c r="H34"/>
+      <c r="I34"/>
+      <c r="J34"/>
+      <c r="K34"/>
+      <c r="L34"/>
+      <c r="M34"/>
+      <c r="N34"/>
+      <c r="O34" t="s">
+        <v>81</v>
+      </c>
+      <c r="P34"/>
     </row>
     <row r="35" spans="1:26">
       <c r="A35" t="s">
-        <v>68</v>
-[...3 lines deleted...]
-      </c>
+        <v>82</v>
+      </c>
+      <c r="B35"/>
+      <c r="C35"/>
+      <c r="D35"/>
+      <c r="E35" t="s">
+        <v>17</v>
+      </c>
+      <c r="F35"/>
+      <c r="G35"/>
+      <c r="H35"/>
+      <c r="I35"/>
+      <c r="J35"/>
+      <c r="K35"/>
+      <c r="L35"/>
+      <c r="M35"/>
+      <c r="N35"/>
+      <c r="O35"/>
+      <c r="P35"/>
     </row>
     <row r="36" spans="1:26">
       <c r="A36" t="s">
-        <v>70</v>
-[...3 lines deleted...]
-      </c>
+        <v>83</v>
+      </c>
+      <c r="B36"/>
+      <c r="C36"/>
+      <c r="D36"/>
+      <c r="E36" t="s">
+        <v>17</v>
+      </c>
+      <c r="F36"/>
+      <c r="G36"/>
+      <c r="H36"/>
+      <c r="I36"/>
+      <c r="J36"/>
+      <c r="K36"/>
+      <c r="L36"/>
+      <c r="M36"/>
+      <c r="N36"/>
+      <c r="O36" t="s">
+        <v>84</v>
+      </c>
+      <c r="P36"/>
     </row>
     <row r="37" spans="1:26">
       <c r="A37" t="s">
-        <v>72</v>
-[...3 lines deleted...]
-      </c>
+        <v>85</v>
+      </c>
+      <c r="B37"/>
+      <c r="C37"/>
+      <c r="D37"/>
+      <c r="E37" t="s">
+        <v>17</v>
+      </c>
+      <c r="F37"/>
+      <c r="G37"/>
+      <c r="H37"/>
+      <c r="I37"/>
+      <c r="J37"/>
+      <c r="K37"/>
+      <c r="L37"/>
+      <c r="M37"/>
+      <c r="N37"/>
+      <c r="O37" t="s">
+        <v>86</v>
+      </c>
+      <c r="P37"/>
     </row>
     <row r="38" spans="1:26">
       <c r="A38" t="s">
-        <v>74</v>
-[...3 lines deleted...]
-      </c>
+        <v>87</v>
+      </c>
+      <c r="B38"/>
+      <c r="C38"/>
+      <c r="D38"/>
+      <c r="E38" t="s">
+        <v>17</v>
+      </c>
+      <c r="F38"/>
+      <c r="G38"/>
+      <c r="H38"/>
+      <c r="I38"/>
+      <c r="J38"/>
+      <c r="K38"/>
+      <c r="L38"/>
+      <c r="M38"/>
+      <c r="N38"/>
+      <c r="O38"/>
+      <c r="P38"/>
     </row>
     <row r="39" spans="1:26">
       <c r="A39" t="s">
-        <v>76</v>
-[...3 lines deleted...]
-      </c>
+        <v>88</v>
+      </c>
+      <c r="B39"/>
+      <c r="C39"/>
+      <c r="D39"/>
+      <c r="E39" t="s">
+        <v>17</v>
+      </c>
+      <c r="F39"/>
+      <c r="G39"/>
+      <c r="H39"/>
+      <c r="I39"/>
+      <c r="J39"/>
+      <c r="K39"/>
+      <c r="L39"/>
+      <c r="M39"/>
+      <c r="N39"/>
+      <c r="O39" t="s">
+        <v>89</v>
+      </c>
+      <c r="P39"/>
     </row>
     <row r="40" spans="1:26">
       <c r="A40" t="s">
-        <v>78</v>
-[...3 lines deleted...]
-      </c>
+        <v>90</v>
+      </c>
+      <c r="B40"/>
+      <c r="C40"/>
+      <c r="D40"/>
+      <c r="E40" t="s">
+        <v>17</v>
+      </c>
+      <c r="F40"/>
+      <c r="G40"/>
+      <c r="H40"/>
+      <c r="I40"/>
+      <c r="J40"/>
+      <c r="K40"/>
+      <c r="L40"/>
+      <c r="M40"/>
+      <c r="N40"/>
+      <c r="O40" t="s">
+        <v>91</v>
+      </c>
+      <c r="P40"/>
     </row>
     <row r="41" spans="1:26">
       <c r="A41" t="s">
-        <v>80</v>
-[...3 lines deleted...]
-      </c>
+        <v>92</v>
+      </c>
+      <c r="B41"/>
+      <c r="C41"/>
+      <c r="D41"/>
+      <c r="E41" t="s">
+        <v>17</v>
+      </c>
+      <c r="F41"/>
+      <c r="G41"/>
+      <c r="H41"/>
+      <c r="I41"/>
+      <c r="J41"/>
+      <c r="K41"/>
+      <c r="L41"/>
+      <c r="M41"/>
+      <c r="N41"/>
+      <c r="O41" t="s">
+        <v>93</v>
+      </c>
+      <c r="P41"/>
     </row>
     <row r="42" spans="1:26">
       <c r="A42" t="s">
-        <v>82</v>
-[...3 lines deleted...]
-      </c>
+        <v>94</v>
+      </c>
+      <c r="B42"/>
+      <c r="C42"/>
+      <c r="D42"/>
+      <c r="E42" t="s">
+        <v>17</v>
+      </c>
+      <c r="F42"/>
+      <c r="G42"/>
+      <c r="H42"/>
+      <c r="I42"/>
+      <c r="J42"/>
+      <c r="K42"/>
+      <c r="L42"/>
+      <c r="M42"/>
+      <c r="N42"/>
+      <c r="O42" t="s">
+        <v>95</v>
+      </c>
+      <c r="P42"/>
     </row>
     <row r="43" spans="1:26">
       <c r="A43" t="s">
-        <v>84</v>
-[...3 lines deleted...]
-      </c>
+        <v>96</v>
+      </c>
+      <c r="B43"/>
+      <c r="C43"/>
+      <c r="D43"/>
+      <c r="E43" t="s">
+        <v>17</v>
+      </c>
+      <c r="F43"/>
+      <c r="G43"/>
+      <c r="H43"/>
+      <c r="I43"/>
+      <c r="J43"/>
+      <c r="K43"/>
+      <c r="L43"/>
+      <c r="M43"/>
+      <c r="N43"/>
+      <c r="O43" t="s">
+        <v>97</v>
+      </c>
+      <c r="P43"/>
     </row>
     <row r="44" spans="1:26">
       <c r="A44" t="s">
-        <v>86</v>
-[...3 lines deleted...]
-      </c>
+        <v>98</v>
+      </c>
+      <c r="B44"/>
+      <c r="C44"/>
+      <c r="D44"/>
+      <c r="E44" t="s">
+        <v>17</v>
+      </c>
+      <c r="F44"/>
+      <c r="G44"/>
+      <c r="H44"/>
+      <c r="I44"/>
+      <c r="J44"/>
+      <c r="K44"/>
+      <c r="L44"/>
+      <c r="M44"/>
+      <c r="N44"/>
+      <c r="O44" t="s">
+        <v>99</v>
+      </c>
+      <c r="P44"/>
     </row>
     <row r="45" spans="1:26">
       <c r="A45" t="s">
-        <v>88</v>
-[...3 lines deleted...]
-      </c>
+        <v>100</v>
+      </c>
+      <c r="B45"/>
+      <c r="C45"/>
+      <c r="D45"/>
+      <c r="E45" t="s">
+        <v>17</v>
+      </c>
+      <c r="F45"/>
+      <c r="G45"/>
+      <c r="H45"/>
+      <c r="I45"/>
+      <c r="J45"/>
+      <c r="K45"/>
+      <c r="L45"/>
+      <c r="M45"/>
+      <c r="N45"/>
+      <c r="O45" t="s">
+        <v>101</v>
+      </c>
+      <c r="P45"/>
     </row>
     <row r="46" spans="1:26">
       <c r="A46" t="s">
-        <v>90</v>
-[...3 lines deleted...]
-      </c>
+        <v>102</v>
+      </c>
+      <c r="B46"/>
+      <c r="C46"/>
+      <c r="D46"/>
+      <c r="E46" t="s">
+        <v>17</v>
+      </c>
+      <c r="F46"/>
+      <c r="G46"/>
+      <c r="H46"/>
+      <c r="I46"/>
+      <c r="J46"/>
+      <c r="K46"/>
+      <c r="L46"/>
+      <c r="M46"/>
+      <c r="N46"/>
+      <c r="O46" t="s">
+        <v>103</v>
+      </c>
+      <c r="P46"/>
     </row>
     <row r="47" spans="1:26">
       <c r="A47" t="s">
-        <v>92</v>
-[...3 lines deleted...]
-      </c>
+        <v>104</v>
+      </c>
+      <c r="B47"/>
+      <c r="C47"/>
+      <c r="D47"/>
+      <c r="E47" t="s">
+        <v>17</v>
+      </c>
+      <c r="F47"/>
+      <c r="G47"/>
+      <c r="H47"/>
+      <c r="I47"/>
+      <c r="J47"/>
+      <c r="K47"/>
+      <c r="L47"/>
+      <c r="M47"/>
+      <c r="N47"/>
+      <c r="O47" t="s">
+        <v>105</v>
+      </c>
+      <c r="P47"/>
     </row>
     <row r="48" spans="1:26">
       <c r="A48" t="s">
-        <v>94</v>
-[...3 lines deleted...]
-      </c>
+        <v>106</v>
+      </c>
+      <c r="B48"/>
+      <c r="C48"/>
+      <c r="D48"/>
+      <c r="E48" t="s">
+        <v>17</v>
+      </c>
+      <c r="F48"/>
+      <c r="G48"/>
+      <c r="H48"/>
+      <c r="I48"/>
+      <c r="J48"/>
+      <c r="K48"/>
+      <c r="L48"/>
+      <c r="M48"/>
+      <c r="N48"/>
+      <c r="O48" t="s">
+        <v>107</v>
+      </c>
+      <c r="P48"/>
     </row>
     <row r="49" spans="1:26">
       <c r="A49" t="s">
-        <v>96</v>
-[...3 lines deleted...]
-      </c>
+        <v>108</v>
+      </c>
+      <c r="B49"/>
+      <c r="C49"/>
+      <c r="D49"/>
+      <c r="E49" t="s">
+        <v>17</v>
+      </c>
+      <c r="F49"/>
+      <c r="G49"/>
+      <c r="H49"/>
+      <c r="I49"/>
+      <c r="J49"/>
+      <c r="K49"/>
+      <c r="L49"/>
+      <c r="M49"/>
+      <c r="N49"/>
+      <c r="O49" t="s">
+        <v>109</v>
+      </c>
+      <c r="P49"/>
     </row>
     <row r="50" spans="1:26">
       <c r="A50" t="s">
-        <v>98</v>
-[...3 lines deleted...]
-      </c>
+        <v>110</v>
+      </c>
+      <c r="B50"/>
+      <c r="C50"/>
+      <c r="D50"/>
+      <c r="E50" t="s">
+        <v>17</v>
+      </c>
+      <c r="F50"/>
+      <c r="G50"/>
+      <c r="H50"/>
+      <c r="I50"/>
+      <c r="J50"/>
+      <c r="K50"/>
+      <c r="L50"/>
+      <c r="M50"/>
+      <c r="N50"/>
+      <c r="O50" t="s">
+        <v>111</v>
+      </c>
+      <c r="P50"/>
     </row>
     <row r="51" spans="1:26">
       <c r="A51" t="s">
-        <v>100</v>
-[...3 lines deleted...]
-      </c>
+        <v>112</v>
+      </c>
+      <c r="B51"/>
+      <c r="C51"/>
+      <c r="D51"/>
+      <c r="E51" t="s">
+        <v>17</v>
+      </c>
+      <c r="F51"/>
+      <c r="G51"/>
+      <c r="H51"/>
+      <c r="I51"/>
+      <c r="J51"/>
+      <c r="K51"/>
+      <c r="L51"/>
+      <c r="M51"/>
+      <c r="N51"/>
+      <c r="O51" t="s">
+        <v>113</v>
+      </c>
+      <c r="P51"/>
     </row>
     <row r="52" spans="1:26">
       <c r="A52" t="s">
-        <v>102</v>
-[...3 lines deleted...]
-      </c>
+        <v>114</v>
+      </c>
+      <c r="B52"/>
+      <c r="C52"/>
+      <c r="D52"/>
+      <c r="E52" t="s">
+        <v>17</v>
+      </c>
+      <c r="F52"/>
+      <c r="G52"/>
+      <c r="H52"/>
+      <c r="I52"/>
+      <c r="J52"/>
+      <c r="K52"/>
+      <c r="L52"/>
+      <c r="M52"/>
+      <c r="N52"/>
+      <c r="O52" t="s">
+        <v>115</v>
+      </c>
+      <c r="P52"/>
     </row>
     <row r="53" spans="1:26">
       <c r="A53" t="s">
-        <v>104</v>
-[...3 lines deleted...]
-      </c>
+        <v>116</v>
+      </c>
+      <c r="B53"/>
+      <c r="C53"/>
+      <c r="D53"/>
+      <c r="E53" t="s">
+        <v>17</v>
+      </c>
+      <c r="F53"/>
+      <c r="G53"/>
+      <c r="H53"/>
+      <c r="I53"/>
+      <c r="J53"/>
+      <c r="K53"/>
+      <c r="L53"/>
+      <c r="M53"/>
+      <c r="N53"/>
+      <c r="O53" t="s">
+        <v>117</v>
+      </c>
+      <c r="P53"/>
     </row>
     <row r="54" spans="1:26">
       <c r="A54" t="s">
-        <v>106</v>
-[...3 lines deleted...]
-      </c>
+        <v>118</v>
+      </c>
+      <c r="B54"/>
+      <c r="C54"/>
+      <c r="D54"/>
+      <c r="E54" t="s">
+        <v>17</v>
+      </c>
+      <c r="F54"/>
+      <c r="G54"/>
+      <c r="H54"/>
+      <c r="I54"/>
+      <c r="J54"/>
+      <c r="K54"/>
+      <c r="L54"/>
+      <c r="M54"/>
+      <c r="N54"/>
+      <c r="O54" t="s">
+        <v>119</v>
+      </c>
+      <c r="P54"/>
     </row>
     <row r="55" spans="1:26">
       <c r="A55" t="s">
-        <v>108</v>
-[...3 lines deleted...]
-      </c>
+        <v>120</v>
+      </c>
+      <c r="B55"/>
+      <c r="C55"/>
+      <c r="D55"/>
+      <c r="E55" t="s">
+        <v>17</v>
+      </c>
+      <c r="F55"/>
+      <c r="G55"/>
+      <c r="H55"/>
+      <c r="I55"/>
+      <c r="J55"/>
+      <c r="K55"/>
+      <c r="L55"/>
+      <c r="M55"/>
+      <c r="N55"/>
+      <c r="O55" t="s">
+        <v>121</v>
+      </c>
+      <c r="P55"/>
     </row>
     <row r="56" spans="1:26">
       <c r="A56" t="s">
-        <v>110</v>
-[...3 lines deleted...]
-      </c>
+        <v>122</v>
+      </c>
+      <c r="B56"/>
+      <c r="C56"/>
+      <c r="D56"/>
+      <c r="E56" t="s">
+        <v>17</v>
+      </c>
+      <c r="F56"/>
+      <c r="G56"/>
+      <c r="H56"/>
+      <c r="I56"/>
+      <c r="J56"/>
+      <c r="K56"/>
+      <c r="L56"/>
+      <c r="M56"/>
+      <c r="N56"/>
+      <c r="O56" t="s">
+        <v>123</v>
+      </c>
+      <c r="P56"/>
     </row>
     <row r="57" spans="1:26">
       <c r="A57" t="s">
-        <v>112</v>
-[...3 lines deleted...]
-      </c>
+        <v>124</v>
+      </c>
+      <c r="B57"/>
+      <c r="C57"/>
+      <c r="D57"/>
+      <c r="E57" t="s">
+        <v>17</v>
+      </c>
+      <c r="F57"/>
+      <c r="G57"/>
+      <c r="H57"/>
+      <c r="I57"/>
+      <c r="J57"/>
+      <c r="K57"/>
+      <c r="L57"/>
+      <c r="M57"/>
+      <c r="N57"/>
+      <c r="O57" t="s">
+        <v>125</v>
+      </c>
+      <c r="P57"/>
     </row>
     <row r="58" spans="1:26">
       <c r="A58" t="s">
-        <v>114</v>
-[...3 lines deleted...]
-      </c>
+        <v>126</v>
+      </c>
+      <c r="B58"/>
+      <c r="C58"/>
+      <c r="D58"/>
+      <c r="E58" t="s">
+        <v>17</v>
+      </c>
+      <c r="F58"/>
+      <c r="G58"/>
+      <c r="H58"/>
+      <c r="I58"/>
+      <c r="J58"/>
+      <c r="K58"/>
+      <c r="L58"/>
+      <c r="M58"/>
+      <c r="N58"/>
+      <c r="O58" t="s">
+        <v>127</v>
+      </c>
+      <c r="P58"/>
     </row>
     <row r="59" spans="1:26">
       <c r="A59" t="s">
-        <v>116</v>
-[...3 lines deleted...]
-      </c>
+        <v>128</v>
+      </c>
+      <c r="B59"/>
+      <c r="C59"/>
+      <c r="D59"/>
+      <c r="E59" t="s">
+        <v>17</v>
+      </c>
+      <c r="F59"/>
+      <c r="G59"/>
+      <c r="H59"/>
+      <c r="I59"/>
+      <c r="J59"/>
+      <c r="K59"/>
+      <c r="L59"/>
+      <c r="M59"/>
+      <c r="N59"/>
+      <c r="O59" t="s">
+        <v>129</v>
+      </c>
+      <c r="P59"/>
     </row>
     <row r="60" spans="1:26">
       <c r="A60" t="s">
-        <v>118</v>
-[...3 lines deleted...]
-      </c>
+        <v>130</v>
+      </c>
+      <c r="B60"/>
+      <c r="C60"/>
+      <c r="D60"/>
+      <c r="E60" t="s">
+        <v>17</v>
+      </c>
+      <c r="F60"/>
+      <c r="G60"/>
+      <c r="H60"/>
+      <c r="I60"/>
+      <c r="J60"/>
+      <c r="K60"/>
+      <c r="L60"/>
+      <c r="M60"/>
+      <c r="N60"/>
+      <c r="O60" t="s">
+        <v>131</v>
+      </c>
+      <c r="P60"/>
     </row>
     <row r="61" spans="1:26">
       <c r="A61" t="s">
-        <v>120</v>
-[...3 lines deleted...]
-      </c>
+        <v>132</v>
+      </c>
+      <c r="B61"/>
+      <c r="C61"/>
+      <c r="D61"/>
+      <c r="E61" t="s">
+        <v>17</v>
+      </c>
+      <c r="F61"/>
+      <c r="G61"/>
+      <c r="H61"/>
+      <c r="I61"/>
+      <c r="J61"/>
+      <c r="K61"/>
+      <c r="L61"/>
+      <c r="M61"/>
+      <c r="N61"/>
+      <c r="O61" t="s">
+        <v>133</v>
+      </c>
+      <c r="P61"/>
     </row>
     <row r="62" spans="1:26">
       <c r="A62" t="s">
-        <v>122</v>
-[...3 lines deleted...]
-      </c>
+        <v>134</v>
+      </c>
+      <c r="B62"/>
+      <c r="C62"/>
+      <c r="D62"/>
+      <c r="E62" t="s">
+        <v>17</v>
+      </c>
+      <c r="F62"/>
+      <c r="G62"/>
+      <c r="H62"/>
+      <c r="I62"/>
+      <c r="J62"/>
+      <c r="K62"/>
+      <c r="L62"/>
+      <c r="M62"/>
+      <c r="N62"/>
+      <c r="O62" t="s">
+        <v>135</v>
+      </c>
+      <c r="P62"/>
     </row>
     <row r="63" spans="1:26">
       <c r="A63" t="s">
-        <v>124</v>
-[...3 lines deleted...]
-      </c>
+        <v>136</v>
+      </c>
+      <c r="B63"/>
+      <c r="C63"/>
+      <c r="D63"/>
+      <c r="E63" t="s">
+        <v>17</v>
+      </c>
+      <c r="F63"/>
+      <c r="G63"/>
+      <c r="H63"/>
+      <c r="I63"/>
+      <c r="J63"/>
+      <c r="K63"/>
+      <c r="L63"/>
+      <c r="M63"/>
+      <c r="N63"/>
+      <c r="O63" t="s">
+        <v>137</v>
+      </c>
+      <c r="P63"/>
     </row>
     <row r="64" spans="1:26">
       <c r="A64" t="s">
-        <v>126</v>
-[...3 lines deleted...]
-      </c>
+        <v>138</v>
+      </c>
+      <c r="B64"/>
+      <c r="C64"/>
+      <c r="D64"/>
+      <c r="E64" t="s">
+        <v>17</v>
+      </c>
+      <c r="F64"/>
+      <c r="G64"/>
+      <c r="H64"/>
+      <c r="I64"/>
+      <c r="J64"/>
+      <c r="K64"/>
+      <c r="L64"/>
+      <c r="M64"/>
+      <c r="N64"/>
+      <c r="O64" t="s">
+        <v>139</v>
+      </c>
+      <c r="P64"/>
     </row>
     <row r="65" spans="1:26">
       <c r="A65" t="s">
-        <v>128</v>
-[...3 lines deleted...]
-      </c>
+        <v>140</v>
+      </c>
+      <c r="B65"/>
+      <c r="C65"/>
+      <c r="D65"/>
+      <c r="E65" t="s">
+        <v>17</v>
+      </c>
+      <c r="F65"/>
+      <c r="G65"/>
+      <c r="H65"/>
+      <c r="I65"/>
+      <c r="J65"/>
+      <c r="K65"/>
+      <c r="L65"/>
+      <c r="M65"/>
+      <c r="N65"/>
+      <c r="O65" t="s">
+        <v>141</v>
+      </c>
+      <c r="P65"/>
     </row>
     <row r="66" spans="1:26">
       <c r="A66" t="s">
-        <v>130</v>
-[...3 lines deleted...]
-      </c>
+        <v>142</v>
+      </c>
+      <c r="B66"/>
+      <c r="C66"/>
+      <c r="D66"/>
+      <c r="E66" t="s">
+        <v>17</v>
+      </c>
+      <c r="F66"/>
+      <c r="G66"/>
+      <c r="H66"/>
+      <c r="I66"/>
+      <c r="J66"/>
+      <c r="K66"/>
+      <c r="L66"/>
+      <c r="M66"/>
+      <c r="N66"/>
+      <c r="O66" t="s">
+        <v>143</v>
+      </c>
+      <c r="P66"/>
     </row>
     <row r="67" spans="1:26">
       <c r="A67" t="s">
-        <v>132</v>
-[...3 lines deleted...]
-      </c>
+        <v>144</v>
+      </c>
+      <c r="B67"/>
+      <c r="C67"/>
+      <c r="D67"/>
+      <c r="E67" t="s">
+        <v>17</v>
+      </c>
+      <c r="F67"/>
+      <c r="G67"/>
+      <c r="H67"/>
+      <c r="I67"/>
+      <c r="J67"/>
+      <c r="K67"/>
+      <c r="L67"/>
+      <c r="M67"/>
+      <c r="N67"/>
+      <c r="O67" t="s">
+        <v>145</v>
+      </c>
+      <c r="P67"/>
     </row>
     <row r="68" spans="1:26">
       <c r="A68" t="s">
-        <v>134</v>
-[...3 lines deleted...]
-      </c>
+        <v>146</v>
+      </c>
+      <c r="B68"/>
+      <c r="C68"/>
+      <c r="D68"/>
+      <c r="E68" t="s">
+        <v>17</v>
+      </c>
+      <c r="F68"/>
+      <c r="G68"/>
+      <c r="H68"/>
+      <c r="I68"/>
+      <c r="J68"/>
+      <c r="K68"/>
+      <c r="L68"/>
+      <c r="M68"/>
+      <c r="N68"/>
+      <c r="O68" t="s">
+        <v>115</v>
+      </c>
+      <c r="P68"/>
     </row>
     <row r="69" spans="1:26">
       <c r="A69" t="s">
-        <v>136</v>
-[...3 lines deleted...]
-      </c>
+        <v>147</v>
+      </c>
+      <c r="B69"/>
+      <c r="C69"/>
+      <c r="D69"/>
+      <c r="E69" t="s">
+        <v>17</v>
+      </c>
+      <c r="F69"/>
+      <c r="G69"/>
+      <c r="H69"/>
+      <c r="I69"/>
+      <c r="J69"/>
+      <c r="K69"/>
+      <c r="L69"/>
+      <c r="M69"/>
+      <c r="N69"/>
+      <c r="O69" t="s">
+        <v>148</v>
+      </c>
+      <c r="P69"/>
     </row>
     <row r="70" spans="1:26">
       <c r="A70" t="s">
-        <v>138</v>
-[...3 lines deleted...]
-      </c>
+        <v>149</v>
+      </c>
+      <c r="B70"/>
+      <c r="C70"/>
+      <c r="D70"/>
+      <c r="E70" t="s">
+        <v>17</v>
+      </c>
+      <c r="F70"/>
+      <c r="G70"/>
+      <c r="H70"/>
+      <c r="I70"/>
+      <c r="J70"/>
+      <c r="K70"/>
+      <c r="L70"/>
+      <c r="M70"/>
+      <c r="N70"/>
+      <c r="O70" t="s">
+        <v>150</v>
+      </c>
+      <c r="P70"/>
     </row>
     <row r="71" spans="1:26">
       <c r="A71" t="s">
-        <v>140</v>
-[...3 lines deleted...]
-      </c>
+        <v>151</v>
+      </c>
+      <c r="B71"/>
+      <c r="C71"/>
+      <c r="D71"/>
+      <c r="E71" t="s">
+        <v>17</v>
+      </c>
+      <c r="F71"/>
+      <c r="G71"/>
+      <c r="H71"/>
+      <c r="I71"/>
+      <c r="J71"/>
+      <c r="K71"/>
+      <c r="L71"/>
+      <c r="M71"/>
+      <c r="N71"/>
+      <c r="O71" t="s">
+        <v>152</v>
+      </c>
+      <c r="P71"/>
     </row>
     <row r="72" spans="1:26">
       <c r="A72" t="s">
-        <v>142</v>
-[...3 lines deleted...]
-      </c>
+        <v>153</v>
+      </c>
+      <c r="B72"/>
+      <c r="C72"/>
+      <c r="D72"/>
+      <c r="E72" t="s">
+        <v>17</v>
+      </c>
+      <c r="F72"/>
+      <c r="G72"/>
+      <c r="H72"/>
+      <c r="I72"/>
+      <c r="J72"/>
+      <c r="K72"/>
+      <c r="L72"/>
+      <c r="M72"/>
+      <c r="N72"/>
+      <c r="O72" t="s">
+        <v>44</v>
+      </c>
+      <c r="P72"/>
     </row>
     <row r="73" spans="1:26">
       <c r="A73" t="s">
-        <v>144</v>
-[...3 lines deleted...]
-      </c>
+        <v>154</v>
+      </c>
+      <c r="B73"/>
+      <c r="C73"/>
+      <c r="D73"/>
+      <c r="E73" t="s">
+        <v>17</v>
+      </c>
+      <c r="F73"/>
+      <c r="G73"/>
+      <c r="H73"/>
+      <c r="I73"/>
+      <c r="J73"/>
+      <c r="K73"/>
+      <c r="L73"/>
+      <c r="M73"/>
+      <c r="N73"/>
+      <c r="O73" t="s">
+        <v>123</v>
+      </c>
+      <c r="P73"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>